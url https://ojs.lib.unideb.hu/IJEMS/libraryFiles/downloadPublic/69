--- v0 (2025-12-05)
+++ v1 (2026-03-14)
@@ -1,86 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="5642289A" w14:textId="77777777" w:rsidR="00C833C9" w:rsidRDefault="00C833C9" w:rsidP="00C833C9">
       <w:pPr>
         <w:pStyle w:val="TypeIJEMS"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Type</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> of </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>the</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>article</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="001E24C3">
         <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="001E24C3" w:rsidRPr="006519EF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Research </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="001E24C3" w:rsidRPr="006519EF">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t>Paper</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="001E24C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="001E24C3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
@@ -229,122 +228,278 @@
       <w:r w:rsidR="00910DBC" w:rsidRPr="00656043">
         <w:rPr>
           <w:highlight w:val="red"/>
         </w:rPr>
         <w:t>Title</w:t>
       </w:r>
       <w:r w:rsidR="008D6A63" w:rsidRPr="008D6A63">
         <w:rPr>
           <w:highlight w:val="red"/>
         </w:rPr>
         <w:t xml:space="preserve"> (IJEMS)</w:t>
       </w:r>
       <w:r w:rsidR="00695F26" w:rsidRPr="00656043">
         <w:rPr>
           <w:highlight w:val="red"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="00530BE5" w:rsidRPr="00656043">
         <w:rPr>
           <w:highlight w:val="red"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="380FF879" w14:textId="77777777" w:rsidR="0068331F" w:rsidRPr="00656043" w:rsidRDefault="00C833C9" w:rsidP="000F3FED">
+    <w:p w14:paraId="380FF879" w14:textId="65D34815" w:rsidR="0068331F" w:rsidRPr="00656043" w:rsidRDefault="00C833C9" w:rsidP="000F3FED">
       <w:pPr>
         <w:pStyle w:val="AuthorsIJEMS"/>
         <w:rPr>
           <w:rStyle w:val="Knyvcme"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:smallCaps/>
           <w:spacing w:val="0"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Firstname</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> Lastname</w:t>
       </w:r>
       <w:r w:rsidR="008D6A63" w:rsidRPr="008D6A63">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
+      <w:r w:rsidR="00712A4B">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7A2DC4D4" wp14:editId="41726405">
+            <wp:extent cx="111561" cy="111561"/>
+            <wp:effectExtent l="0" t="0" r="3175" b="3175"/>
+            <wp:docPr id="5" name="Kép 5"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="5" name="Kép 5"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="117768" cy="117768"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00712A4B">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00712A4B">
+        <w:t>F</w:t>
+      </w:r>
       <w:r>
+        <w:t>irstname</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> Lastnam</w:t>
+      </w:r>
+      <w:r w:rsidR="002A466C">
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="008D6A63" w:rsidRPr="008D6A63">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="007D2CF0">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="46163552" wp14:editId="5D086740">
+            <wp:extent cx="111561" cy="111561"/>
+            <wp:effectExtent l="0" t="0" r="3175" b="3175"/>
+            <wp:docPr id="3" name="Kép 3"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="5" name="Kép 5"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="117768" cy="117768"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00BD5183" w:rsidRPr="00656043">
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Firstname</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> Lastnam</w:t>
       </w:r>
       <w:r w:rsidR="002A466C">
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidR="008D6A63" w:rsidRPr="008D6A63">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="007D2CF0">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="75813926" wp14:editId="797A59BE">
+            <wp:extent cx="111561" cy="111561"/>
+            <wp:effectExtent l="0" t="0" r="3175" b="3175"/>
+            <wp:docPr id="4" name="Kép 4"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="5" name="Kép 5"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="117768" cy="117768"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
       <w:r w:rsidR="00530BE5" w:rsidRPr="00656043">
         <w:rPr>
           <w:rStyle w:val="Knyvcme"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:smallCaps/>
           <w:spacing w:val="0"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00530BE5" w:rsidRPr="00656043">
         <w:rPr>
           <w:rStyle w:val="Knyvcme"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:smallCaps/>
           <w:spacing w:val="0"/>
           <w:highlight w:val="red"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>(</w:t>
@@ -406,51 +561,51 @@
           <w:rStyle w:val="Knyvcme"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:smallCaps/>
           <w:spacing w:val="0"/>
           <w:highlight w:val="red"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="00530BE5" w:rsidRPr="00656043">
         <w:rPr>
           <w:rStyle w:val="Knyvcme"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:smallCaps/>
           <w:spacing w:val="0"/>
           <w:highlight w:val="red"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57BC155E" w14:textId="77777777" w:rsidR="000F70CA" w:rsidRPr="00656043" w:rsidRDefault="008D6A63" w:rsidP="00656043">
+    <w:p w14:paraId="57BC155E" w14:textId="38A47A68" w:rsidR="000F70CA" w:rsidRPr="00656043" w:rsidRDefault="008D6A63" w:rsidP="00656043">
       <w:pPr>
         <w:pStyle w:val="AffiliationIJEMS"/>
         <w:rPr>
           <w:rStyle w:val="Knyvcme"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:spacing w:val="0"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D6A63">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="002A466C" w:rsidRPr="004821CB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:highlight w:val="yellow"/>
@@ -465,637 +620,1088 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002A466C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>For example: U</w:t>
       </w:r>
       <w:r w:rsidR="004A67C2" w:rsidRPr="00656043">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>niversity of Debrecen, Faculty of Engineering, Department of Basic Technical Studies</w:t>
       </w:r>
       <w:r w:rsidR="002A466C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, Hungary. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
+      <w:hyperlink r:id="rId9" w:history="1">
         <w:r w:rsidR="002A466C" w:rsidRPr="00C56F4B">
           <w:rPr>
             <w:rStyle w:val="Hiperhivatkozs"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:t>ijems@eng.unideb.hu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="002A466C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002A466C" w:rsidRPr="002A466C">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b/>
           <w:u w:val="single"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>(optional: corresponding author)</w:t>
       </w:r>
+      <w:r w:rsidR="00400FC1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00400FC1" w:rsidRPr="00400FC1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>ORCID</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="658CA810" w14:textId="77777777" w:rsidR="00BD5183" w:rsidRPr="00656043" w:rsidRDefault="008D6A63" w:rsidP="00656043">
+    <w:p w14:paraId="658CA810" w14:textId="54B525D3" w:rsidR="00BD5183" w:rsidRPr="00656043" w:rsidRDefault="008D6A63" w:rsidP="00656043">
       <w:pPr>
         <w:pStyle w:val="AffiliationIJEMS"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008D6A63">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00BD5183" w:rsidRPr="00656043">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>University of …</w:t>
       </w:r>
+      <w:r w:rsidR="00400FC1" w:rsidRPr="00400FC1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00400FC1" w:rsidRPr="00400FC1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>ORCID</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="601863BF" w14:textId="77777777" w:rsidR="00BD5183" w:rsidRPr="00656043" w:rsidRDefault="008D6A63" w:rsidP="00656043">
+    <w:p w14:paraId="4141F2A8" w14:textId="549BA948" w:rsidR="00035184" w:rsidRDefault="008D6A63" w:rsidP="00FA64A8">
       <w:pPr>
         <w:pStyle w:val="AffiliationIJEMS"/>
-        <w:rPr>
-[...94 lines deleted...]
-        <w:pStyle w:val="AbstractkeywordsIJEMS"/>
+        <w:spacing w:after="240"/>
         <w:rPr>
           <w:rStyle w:val="Knyvcme"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:spacing w:val="0"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...127 lines deleted...]
-      <w:r w:rsidR="009B14FA" w:rsidRPr="00656043">
+      <w:r w:rsidRPr="008D6A63">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD5183" w:rsidRPr="00656043">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>University of …</w:t>
+      </w:r>
+      <w:r w:rsidR="005C21F1" w:rsidRPr="00656043">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00400FC1" w:rsidRPr="00400FC1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:bCs/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>ORCID</w:t>
+      </w:r>
+      <w:r w:rsidR="005C21F1" w:rsidRPr="00656043">
+        <w:rPr>
+          <w:rStyle w:val="Knyvcme"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:spacing w:val="0"/>
+          <w:highlight w:val="red"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00695F26" w:rsidRPr="00656043">
+        <w:rPr>
+          <w:rStyle w:val="Knyvcme"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:spacing w:val="0"/>
+          <w:highlight w:val="red"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>use the style “</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Knyvcme"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:spacing w:val="0"/>
+          <w:highlight w:val="red"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Affiliation (IJEMS)</w:t>
+      </w:r>
+      <w:r w:rsidR="00695F26" w:rsidRPr="00656043">
+        <w:rPr>
+          <w:rStyle w:val="Knyvcme"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:spacing w:val="0"/>
+          <w:highlight w:val="red"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="005C21F1" w:rsidRPr="00656043">
+        <w:rPr>
+          <w:rStyle w:val="Knyvcme"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:spacing w:val="0"/>
+          <w:highlight w:val="red"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Rcsostblzat"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1980"/>
+        <w:gridCol w:w="1984"/>
+        <w:gridCol w:w="2977"/>
+        <w:gridCol w:w="2687"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00035184" w14:paraId="6EAE7103" w14:textId="77777777" w:rsidTr="00712A4B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1980" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4000245E" w14:textId="36EE0E93" w:rsidR="00035184" w:rsidRPr="00A13905" w:rsidRDefault="00035184" w:rsidP="00656043">
+            <w:pPr>
+              <w:pStyle w:val="AffiliationIJEMS"/>
+              <w:rPr>
+                <w:rStyle w:val="Knyvcme"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="green"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A13905">
+              <w:rPr>
+                <w:rStyle w:val="Knyvcme"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:smallCaps w:val="0"/>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="green"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Received:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A13905">
+              <w:rPr>
+                <w:rStyle w:val="Knyvcme"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="green"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 17 March 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1984" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="607FF5C0" w14:textId="10A178A5" w:rsidR="00035184" w:rsidRPr="00A13905" w:rsidRDefault="00035184" w:rsidP="00656043">
+            <w:pPr>
+              <w:pStyle w:val="AffiliationIJEMS"/>
+              <w:rPr>
+                <w:rStyle w:val="Knyvcme"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="green"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A13905">
+              <w:rPr>
+                <w:rStyle w:val="Knyvcme"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:smallCaps w:val="0"/>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="green"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Accepted:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A13905">
+              <w:rPr>
+                <w:rStyle w:val="Knyvcme"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="green"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 17 March 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2977" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2803AB28" w14:textId="4A92DBF1" w:rsidR="00035184" w:rsidRPr="00A13905" w:rsidRDefault="00035184" w:rsidP="00656043">
+            <w:pPr>
+              <w:pStyle w:val="AffiliationIJEMS"/>
+              <w:rPr>
+                <w:rStyle w:val="Knyvcme"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="green"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A13905">
+              <w:rPr>
+                <w:rStyle w:val="Knyvcme"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:smallCaps w:val="0"/>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="green"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Online Publication Date:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A13905">
+              <w:rPr>
+                <w:rStyle w:val="Knyvcme"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="green"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 17 March 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2687" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FC9E04B" w14:textId="2132DD7B" w:rsidR="00035184" w:rsidRPr="00035184" w:rsidRDefault="00035184" w:rsidP="00656043">
+            <w:pPr>
+              <w:pStyle w:val="AffiliationIJEMS"/>
+              <w:rPr>
+                <w:rStyle w:val="Knyvcme"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A13905">
+              <w:rPr>
+                <w:rStyle w:val="Knyvcme"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:smallCaps w:val="0"/>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="green"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Final Publication Date:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A13905">
+              <w:rPr>
+                <w:rStyle w:val="Knyvcme"/>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:spacing w:val="0"/>
+                <w:sz w:val="14"/>
+                <w:szCs w:val="16"/>
+                <w:highlight w:val="green"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 17 March 2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="46CBD516" w14:textId="77777777" w:rsidR="008F670B" w:rsidRDefault="008F670B" w:rsidP="008F670B">
+      <w:pPr>
+        <w:pStyle w:val="AbstractkeywordsIJEMS"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Rcsostblzat"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9628"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008F670B" w14:paraId="6B22FBA7" w14:textId="77777777" w:rsidTr="008F670B">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B2D56E8" w14:textId="77777777" w:rsidR="008F670B" w:rsidRPr="00A13905" w:rsidRDefault="008F670B" w:rsidP="008F670B">
+            <w:pPr>
+              <w:pStyle w:val="AbstractkeywordsIJEMS"/>
+              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A13905">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+              <w:t>How</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A13905">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A13905">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00A13905">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A13905">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i w:val="0"/>
+                <w:iCs/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+              <w:t>cite</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="72AF680C" w14:textId="77777777" w:rsidR="008F670B" w:rsidRPr="00A13905" w:rsidRDefault="008F670B" w:rsidP="008F670B">
+            <w:pPr>
+              <w:pStyle w:val="AbstractkeywordsIJEMS"/>
+              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6E987DE7" w14:textId="290F066D" w:rsidR="008F670B" w:rsidRDefault="008F670B" w:rsidP="008F670B">
+            <w:pPr>
+              <w:pStyle w:val="AbstractkeywordsIJEMS"/>
+              <w:spacing w:before="0" w:after="0" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A13905">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
+                <w:noProof/>
+                <w:highlight w:val="green"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4076460F" wp14:editId="39068E61">
+                  <wp:extent cx="492125" cy="178102"/>
+                  <wp:effectExtent l="0" t="0" r="3175" b="0"/>
+                  <wp:docPr id="6" name="Kép 6"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="Picture 10"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId10" cstate="print">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="497791" cy="180152"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:ln>
+                            <a:noFill/>
+                          </a:ln>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="22B792D8" w14:textId="2FED89CA" w:rsidR="0068331F" w:rsidRPr="00656043" w:rsidRDefault="0068331F" w:rsidP="00656043">
+      <w:pPr>
+        <w:pStyle w:val="AbstractkeywordsIJEMS"/>
         <w:rPr>
           <w:rStyle w:val="Knyvcme"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:spacing w:val="0"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-      </w:r>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00656043">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000F70CA" w:rsidRPr="00656043">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B11AD0" w:rsidRPr="00656043">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="009B14FA" w:rsidRPr="00656043">
         <w:rPr>
-          <w:rStyle w:val="Knyvcme"/>
-[...48 lines deleted...]
-      </w:r>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> has </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="009B14FA" w:rsidRPr="00656043">
         <w:rPr>
-          <w:rStyle w:val="Knyvcme"/>
-[...13 lines deleted...]
-        <w:pStyle w:val="AbstractkeywordsIJEMS"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B14FA" w:rsidRPr="00656043">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="009B14FA" w:rsidRPr="00656043">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>written</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009B14FA" w:rsidRPr="00656043">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in English</w:t>
+      </w:r>
+      <w:r w:rsidR="000F70CA" w:rsidRPr="00656043">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B11AD0" w:rsidRPr="00656043">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B11AD0" w:rsidRPr="00656043">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Paper</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B11AD0" w:rsidRPr="00656043">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B11AD0" w:rsidRPr="00656043">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>can</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B11AD0" w:rsidRPr="00656043">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D44C13" w:rsidRPr="00656043">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B11AD0" w:rsidRPr="00656043">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>written</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B11AD0" w:rsidRPr="00656043">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in Englis</w:t>
+      </w:r>
+      <w:r w:rsidR="008F2193">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>h</w:t>
+      </w:r>
+      <w:r w:rsidR="00B11AD0" w:rsidRPr="00656043">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="009B14FA" w:rsidRPr="00656043">
         <w:rPr>
           <w:rStyle w:val="Knyvcme"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:spacing w:val="0"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-      </w:pPr>
-[...56 lines deleted...]
-      <w:r w:rsidR="00BB3525" w:rsidRPr="00656043">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009B14FA" w:rsidRPr="00656043">
+        <w:rPr>
+          <w:rStyle w:val="Knyvcme"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:spacing w:val="0"/>
+          <w:highlight w:val="red"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00E83969" w:rsidRPr="00656043">
+        <w:rPr>
+          <w:rStyle w:val="Knyvcme"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:spacing w:val="0"/>
+          <w:highlight w:val="red"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>use the style “</w:t>
+      </w:r>
+      <w:r w:rsidR="008D6A63">
+        <w:rPr>
+          <w:rStyle w:val="Knyvcme"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:spacing w:val="0"/>
+          <w:highlight w:val="red"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Abstract/keywords (IJEMS)</w:t>
+      </w:r>
+      <w:r w:rsidR="00E83969" w:rsidRPr="00656043">
+        <w:rPr>
+          <w:rStyle w:val="Knyvcme"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:spacing w:val="0"/>
+          <w:highlight w:val="red"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="009B14FA" w:rsidRPr="00656043">
+        <w:rPr>
+          <w:rStyle w:val="Knyvcme"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:spacing w:val="0"/>
+          <w:highlight w:val="red"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72185D9B" w14:textId="22130F19" w:rsidR="00035184" w:rsidRPr="00656043" w:rsidRDefault="00500C89" w:rsidP="00656043">
+      <w:pPr>
+        <w:pStyle w:val="AbstractkeywordsIJEMS"/>
         <w:rPr>
           <w:rStyle w:val="Knyvcme"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:spacing w:val="0"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00BB3525">
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00656043">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
         <w:t>Keywords</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00BB3525">
-[...12 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00656043" w:rsidRPr="00656043">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BB3525" w:rsidRPr="00656043">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>keyword</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00BB3525" w:rsidRPr="00656043">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
-        <w:t>to</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> 1, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BB3525" w:rsidRPr="00656043">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> be </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>keyword</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00BB3525" w:rsidRPr="00656043">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
-        <w:t>written</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> 2, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BB3525" w:rsidRPr="00656043">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in English</w:t>
-[...12 lines deleted...]
-      </w:r>
+        <w:t>keyword</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00BB3525" w:rsidRPr="00656043">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...14 lines deleted...]
-      <w:r w:rsidR="007D2EBE">
+        <w:t xml:space="preserve"> 3, …</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3525" w:rsidRPr="00656043">
         <w:rPr>
           <w:rStyle w:val="Knyvcme"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:spacing w:val="0"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BB3525">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>Keywords</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BB3525">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BB3525">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>have</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00BB3525" w:rsidRPr="00656043">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BB3525" w:rsidRPr="00656043">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BB3525" w:rsidRPr="00656043">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00BB3525" w:rsidRPr="00656043">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>written</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00BB3525" w:rsidRPr="00656043">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in English</w:t>
+      </w:r>
+      <w:r w:rsidR="008F2193">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3525">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">! </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3525" w:rsidRPr="00656043">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007D2EBE" w:rsidRPr="008D6A63">
         <w:rPr>
           <w:rStyle w:val="Knyvcme"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:spacing w:val="0"/>
           <w:highlight w:val="red"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>“</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008D6A63">
+        <w:t>(Use the style</w:t>
+      </w:r>
+      <w:r w:rsidR="007D2EBE">
         <w:rPr>
           <w:rStyle w:val="Knyvcme"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:spacing w:val="0"/>
-          <w:highlight w:val="red"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Abstract/keywords (IJEMS)</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="008D6A63" w:rsidRPr="00656043">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3525" w:rsidRPr="00656043">
         <w:rPr>
           <w:rStyle w:val="Knyvcme"/>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:spacing w:val="0"/>
           <w:highlight w:val="red"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="008D6A63">
+        <w:rPr>
+          <w:rStyle w:val="Knyvcme"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:spacing w:val="0"/>
+          <w:highlight w:val="red"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Abstract/keywords (IJEMS)</w:t>
+      </w:r>
+      <w:r w:rsidR="008D6A63" w:rsidRPr="00656043">
+        <w:rPr>
+          <w:rStyle w:val="Knyvcme"/>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:spacing w:val="0"/>
+          <w:highlight w:val="red"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t>”)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="660F95E6" w14:textId="77777777" w:rsidR="00611F76" w:rsidRPr="00656043" w:rsidRDefault="005A4DD9" w:rsidP="00656043">
+    <w:p w14:paraId="660F95E6" w14:textId="11CA89BF" w:rsidR="00611F76" w:rsidRPr="00656043" w:rsidRDefault="005A4DD9" w:rsidP="00656043">
       <w:pPr>
         <w:pStyle w:val="Heading1-notnumberedIJEMS"/>
       </w:pPr>
       <w:r w:rsidRPr="00656043">
         <w:t>Introduction</w:t>
       </w:r>
       <w:r w:rsidR="00BD5183" w:rsidRPr="00656043">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00BD5183" w:rsidRPr="00656043">
         <w:rPr>
           <w:highlight w:val="red"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00E83969" w:rsidRPr="00656043">
         <w:rPr>
           <w:highlight w:val="red"/>
         </w:rPr>
         <w:t>use the style “</w:t>
       </w:r>
       <w:r w:rsidR="0053115D" w:rsidRPr="00656043">
         <w:rPr>
           <w:highlight w:val="red"/>
         </w:rPr>
@@ -1104,697 +1710,422 @@
       <w:r w:rsidR="00BD5183" w:rsidRPr="00656043">
         <w:rPr>
           <w:highlight w:val="red"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="007D2EBE">
         <w:rPr>
           <w:highlight w:val="red"/>
         </w:rPr>
         <w:t xml:space="preserve"> – not numbered (IJEMS)</w:t>
       </w:r>
       <w:r w:rsidR="00E83969" w:rsidRPr="00656043">
         <w:rPr>
           <w:highlight w:val="red"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="00BD5183" w:rsidRPr="00656043">
         <w:rPr>
           <w:highlight w:val="red"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EF67A7C" w14:textId="77777777" w:rsidR="00656043" w:rsidRPr="00656043" w:rsidRDefault="00656043" w:rsidP="00656043">
+    <w:p w14:paraId="7EF67A7C" w14:textId="77777777" w:rsidR="00656043" w:rsidRPr="00656043" w:rsidRDefault="00656043" w:rsidP="00990976">
       <w:pPr>
         <w:pStyle w:val="TextIJEMS"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
-[...6 lines deleted...]
-        </w:rPr>
+          <w:highlight w:val="red"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00656043">
         <w:t xml:space="preserve">Lorem ipsum </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>dolor</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> sit </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>amet</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>consectetur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...8 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00656043">
         <w:t>adipiscing</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...8 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00656043">
         <w:t>elit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>sed</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> do </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>eiusmod</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...8 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00656043">
         <w:t>tempor</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...8 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00656043">
         <w:t>incididunt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...8 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00656043">
         <w:t>ut</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> labore et dolore magna </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>aliqua</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">. Ut </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>enim</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> ad minim </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>veniam</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>quis</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...8 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00656043">
         <w:t>nostrud</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> exercitation </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>ullamco</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...8 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00656043">
         <w:t>laboris</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> nisi </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>ut</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...8 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00656043">
         <w:t>aliquip</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> ex </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>ea</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...8 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00656043">
         <w:t>commodo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...8 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00656043">
         <w:t>consequat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">. Duis </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>aute</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...8 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00656043">
         <w:t>irure</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...8 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00656043">
         <w:t>dolor</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> in </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>reprehenderit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> in </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>voluptate</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...8 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00656043">
         <w:t>velit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...8 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00656043">
         <w:t>esse</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...8 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00656043">
         <w:t>cillum</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> dolore </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>eu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...8 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00656043">
         <w:t>fugiat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...8 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00656043">
         <w:t>nulla</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...8 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00656043">
         <w:t>pariatur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>Excepteur</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...8 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00656043">
         <w:t>sint</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...8 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00656043">
         <w:t>occaecat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...8 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00656043">
         <w:t>cupidatat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> non </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>proident</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">, sunt in culpa qui </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>officia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...8 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00656043">
         <w:t>deserunt</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...8 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00656043">
         <w:t>mollit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...8 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00656043">
         <w:t>anim</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> id </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>est</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...8 lines deleted...]
-        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00656043">
         <w:t>laborum</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00656043">
         <w:rPr>
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:highlight w:val="red"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50C5D065" w14:textId="77777777" w:rsidR="000D78C9" w:rsidRPr="00656043" w:rsidRDefault="00656043" w:rsidP="00656043">
       <w:pPr>
         <w:pStyle w:val="TextIJEMS"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00656043">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Lorem ipsum </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00656043">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
         <w:t>dolor</w:t>
       </w:r>
@@ -2599,50 +2930,51 @@
       <w:r w:rsidR="007D2EBE">
         <w:rPr>
           <w:highlight w:val="red"/>
         </w:rPr>
         <w:t xml:space="preserve"> IJEMS)</w:t>
       </w:r>
       <w:r w:rsidR="00E83969" w:rsidRPr="00656043">
         <w:rPr>
           <w:highlight w:val="red"/>
         </w:rPr>
         <w:t>”</w:t>
       </w:r>
       <w:r w:rsidR="000D78C9" w:rsidRPr="00656043">
         <w:rPr>
           <w:highlight w:val="red"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F1605CB" w14:textId="77777777" w:rsidR="000D78C9" w:rsidRPr="00656043" w:rsidRDefault="0071352E" w:rsidP="00D31B37">
       <w:pPr>
         <w:pStyle w:val="Heading3IJEMS"/>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D31B37">
+        <w:lastRenderedPageBreak/>
         <w:t>Abcd</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D31B37">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D31B37">
         <w:t>efgh</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D31B37">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00D31B37">
         <w:t>ijklm</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="000D78C9" w:rsidRPr="00656043">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000D78C9" w:rsidRPr="00656043">
         <w:rPr>
           <w:highlight w:val="red"/>
@@ -2916,51 +3248,50 @@
       <w:r w:rsidRPr="00656043">
         <w:t>velit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00656043">
         <w:t>esse</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00656043">
         <w:t>cillum</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
         <w:t xml:space="preserve"> dolore </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00656043">
-        <w:lastRenderedPageBreak/>
         <w:t>eu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00656043">
         <w:t>fugiat</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00656043">
         <w:t>nulla</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00656043">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00656043">
         <w:t>pariatur</w:t>
@@ -3074,51 +3405,51 @@
       </w:pPr>
       <w:r w:rsidRPr="00656043">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
           <w:noProof/>
           <w:lang w:val="hu-HU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="01C2EA96" wp14:editId="2DAE3CB5">
             <wp:extent cx="3476285" cy="1733797"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Kép 1" descr="http://www.colorado.edu/ceae/sites/default/files/styles/large_wide_thumbnail/public/callout/engScience.jpg?itok=f7vjo7Ia"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="http://www.colorado.edu/ceae/sites/default/files/styles/large_wide_thumbnail/public/callout/engScience.jpg?itok=f7vjo7Ia"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9" cstate="print"/>
+                    <a:blip r:embed="rId11" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3487936" cy="1739608"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
@@ -4261,563 +4592,108 @@
           <m:jc m:val="right"/>
         </m:oMathParaPr>
         <m:oMath>
           <m:r>
             <w:rPr>
               <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
             </w:rPr>
             <m:t>x+y=u+v                                                                         (1)</m:t>
           </m:r>
         </m:oMath>
       </m:oMathPara>
     </w:p>
     <w:p w14:paraId="0439C234" w14:textId="77777777" w:rsidR="008F2193" w:rsidRDefault="008F2193" w:rsidP="008F2193">
       <w:pPr>
         <w:pStyle w:val="Heading1-notnumberedIJEMS"/>
       </w:pPr>
       <w:r w:rsidRPr="008F2193">
         <w:t>Author Contributions</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15050D6E" w14:textId="765D35AD" w:rsidR="008F2193" w:rsidRDefault="008F2193" w:rsidP="008F2193">
       <w:pPr>
         <w:pStyle w:val="TextIJEMS"/>
       </w:pPr>
       <w:r w:rsidRPr="008F2193">
-        <w:t xml:space="preserve">For submissions with multiple authors, a concise statement detailing the specific contributions of each author is required. The following standardized wording should be applied: “Conceptualization, X.X. and Y.Y.; methodology, X.X.; software, X.X.; validation, X.X., Y.Y., and Z.Z.; formal analysis, X.X.; investigation, X.X.; resources, X.X.; data curation, X.X.; writing—original draft, X.X.; writing—review and editing, X.X.; </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="008F2193">
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">visualization, X.X.; supervision, X.X.; project administration, X.X.; funding acquisition, Y.Y. </w:t>
+        <w:t xml:space="preserve">For submissions with multiple authors, a concise statement detailing the specific contributions of each author is required. The following standardized wording should be applied: “Conceptualization, X.X. and Y.Y.; methodology, X.X.; software, X.X.; validation, X.X., Y.Y., and Z.Z.; formal analysis, X.X.; investigation, X.X.; resources, X.X.; data curation, X.X.; writing—original draft, X.X.; writing—review and editing, X.X.; visualization, X.X.; supervision, X.X.; project administration, X.X.; funding acquisition, Y.Y. </w:t>
       </w:r>
       <w:r w:rsidR="008D715A" w:rsidRPr="008D715A">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="008D715A">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>All authors have read and approved the final version of the manuscript.”</w:t>
       </w:r>
       <w:r w:rsidRPr="008F2193">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71B40181" w14:textId="0B9CAF7D" w:rsidR="008F2193" w:rsidRDefault="008F2193" w:rsidP="008F2193">
       <w:pPr>
         <w:pStyle w:val="Heading1-notnumberedIJEMS"/>
       </w:pPr>
       <w:r w:rsidRPr="008F2193">
         <w:t>Funding</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55522487" w14:textId="77777777" w:rsidR="008F2193" w:rsidRDefault="008F2193" w:rsidP="008F2193">
       <w:pPr>
         <w:pStyle w:val="TextIJEMS"/>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="008F2193">
-        <w:t>Please</w:t>
-[...74 lines deleted...]
-        <w:t>funder</w:t>
+        <w:t>Please add: “This research received no external funding” or “This research was funded by name of funder</w:t>
       </w:r>
       <w:r>
-        <w:t>”…</w:t>
-[...3 lines deleted...]
-        <w:t>etc.</w:t>
+        <w:t>”…etc.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E99E53B" w14:textId="14E40B62" w:rsidR="008F2193" w:rsidRDefault="00851278" w:rsidP="00851278">
       <w:pPr>
         <w:pStyle w:val="Heading1-notnumberedIJEMS"/>
       </w:pPr>
       <w:r w:rsidRPr="00851278">
         <w:t>Conflicts of Interest</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F0B5580" w14:textId="5CF50F5B" w:rsidR="00851278" w:rsidRPr="00851278" w:rsidRDefault="00851278" w:rsidP="00851278">
       <w:pPr>
         <w:pStyle w:val="TextIJEMS"/>
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00851278">
         <w:rPr>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
         </w:rPr>
-        <w:t>Authors</w:t>
-[...370 lines deleted...]
-        <w:t xml:space="preserve"> must be clearly identified and declared.</w:t>
+        <w:t>Authors must disclose any conflicts of interest or explicitly state “The authors declare no conflicts of interest.” Any personal circumstances or interests that could be perceived as influencing the interpretation or presentation of the research findings must be clearly identified and declared.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53AAA574" w14:textId="77777777" w:rsidR="00851278" w:rsidRDefault="00851278" w:rsidP="00851278">
       <w:pPr>
         <w:pStyle w:val="Heading1-notnumberedIJEMS"/>
       </w:pPr>
       <w:r w:rsidRPr="00851278">
         <w:t>Acknowledgments</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26848FA8" w14:textId="2324BE70" w:rsidR="00851278" w:rsidRDefault="00851278" w:rsidP="00851278">
       <w:pPr>
         <w:pStyle w:val="TextIJEMS"/>
       </w:pPr>
       <w:r w:rsidRPr="00D10DD3">
         <w:t>In this section, you can acknowledge any support given which is not covered by the author contribution or funding sections.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BB0945A" w14:textId="7EF2D2AC" w:rsidR="00851278" w:rsidRDefault="00851278" w:rsidP="00851278">
       <w:pPr>
         <w:pStyle w:val="Heading1-notnumberedIJEMS"/>
       </w:pPr>
       <w:r w:rsidRPr="00851278">
         <w:t>Abbreviations</w:t>
       </w:r>
@@ -5098,182 +4974,167 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
                 <w:noProof/>
                 <w:lang w:val="hu-HU" w:eastAsia="hu-HU" w:bidi="ar-SA"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="105BB8C9" wp14:editId="29CCB703">
                   <wp:extent cx="1000125" cy="361950"/>
                   <wp:effectExtent l="0" t="0" r="9525" b="0"/>
                   <wp:docPr id="2" name="Kép 2"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 10"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId10">
+                          <a:blip r:embed="rId12">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1000125" cy="361950"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6809" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5AB82105" w14:textId="65C7C3E4" w:rsidR="00167A1A" w:rsidRPr="001273CA" w:rsidRDefault="00167A1A" w:rsidP="00631D66">
+          <w:p w14:paraId="5AB82105" w14:textId="38261C0E" w:rsidR="00167A1A" w:rsidRPr="001273CA" w:rsidRDefault="00167A1A" w:rsidP="00631D66">
             <w:pPr>
               <w:pStyle w:val="71References"/>
               <w:ind w:left="-85"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="SimSun" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001273CA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="SimSun" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t>© 202</w:t>
             </w:r>
-            <w:r w:rsidR="00851278">
+            <w:r w:rsidR="008F670B">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="SimSun" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
-              <w:t>5</w:t>
+              <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="001273CA">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="SimSun" w:hAnsiTheme="majorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> by the authors. Creative Commons Attribution (CC BY) license (http://creativecommons.org/licenses/by/4.0/).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3FA426B8" w14:textId="77777777" w:rsidR="00C833C9" w:rsidRDefault="00C833C9" w:rsidP="00656043">
-[...15 lines deleted...]
-    <w:p w14:paraId="793BAF59" w14:textId="77777777" w:rsidR="00E20D40" w:rsidRPr="006A78AB" w:rsidRDefault="00E20D40" w:rsidP="006A78AB">
+    <w:p w14:paraId="793BAF59" w14:textId="77777777" w:rsidR="00E20D40" w:rsidRPr="006A78AB" w:rsidRDefault="00E20D40" w:rsidP="008F670B">
       <w:pPr>
         <w:pStyle w:val="32textnoindent"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="minorBidi"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-GB" w:eastAsia="hu-HU" w:bidi="ar-SA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00E20D40" w:rsidRPr="006A78AB" w:rsidSect="005E623F">
-[...1 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId12"/>
+    <w:sectPr w:rsidR="00E20D40" w:rsidRPr="006A78AB" w:rsidSect="00035184">
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1134" w:bottom="1134" w:left="1134" w:header="567" w:footer="1134" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="73674EE6" w14:textId="77777777" w:rsidR="00B776DB" w:rsidRDefault="00B776DB" w:rsidP="00783F6C">
+    <w:p w14:paraId="3FD97F6D" w14:textId="77777777" w:rsidR="00867366" w:rsidRDefault="00867366" w:rsidP="00783F6C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="19D59C73" w14:textId="77777777" w:rsidR="00B776DB" w:rsidRDefault="00B776DB" w:rsidP="00783F6C">
+    <w:p w14:paraId="3E6A6DAC" w14:textId="77777777" w:rsidR="00867366" w:rsidRDefault="00867366" w:rsidP="00783F6C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -5394,248 +5255,209 @@
         </w:r>
         <w:r w:rsidR="00167A1A">
           <w:rPr>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
             <w:noProof/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r w:rsidRPr="00414E57">
           <w:rPr>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
             <w:sz w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="12303ABE" w14:textId="77777777" w:rsidR="00B776DB" w:rsidRDefault="00B776DB" w:rsidP="00783F6C">
+    <w:p w14:paraId="5DD06905" w14:textId="77777777" w:rsidR="00867366" w:rsidRDefault="00867366" w:rsidP="00783F6C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="418E20AB" w14:textId="77777777" w:rsidR="00B776DB" w:rsidRDefault="00B776DB" w:rsidP="00783F6C">
+    <w:p w14:paraId="51897DFA" w14:textId="77777777" w:rsidR="00867366" w:rsidRDefault="00867366" w:rsidP="00783F6C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="5E5895C4" w14:textId="4FEC1A0C" w:rsidR="005E623F" w:rsidRPr="00851278" w:rsidRDefault="003C4029" w:rsidP="005E623F">
+  <w:p w14:paraId="5EE06CE3" w14:textId="273C9F10" w:rsidR="001A7ECA" w:rsidRPr="00400FC1" w:rsidRDefault="00400FC1" w:rsidP="00400FC1">
     <w:pPr>
-      <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:iCs/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00783F6C">
-[...8 lines deleted...]
-    <w:r w:rsidR="005E623F" w:rsidRPr="00851278">
+    <w:r w:rsidRPr="00851278">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:iCs/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">International Journal of </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
-    <w:r w:rsidR="005E623F" w:rsidRPr="00851278">
+    <w:r w:rsidRPr="00851278">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:iCs/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>Engineering</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
-    <w:r w:rsidR="005E623F" w:rsidRPr="00851278">
+    <w:r w:rsidRPr="00851278">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:iCs/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve"> and Management </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
-    <w:r w:rsidR="005E623F" w:rsidRPr="00851278">
+    <w:r w:rsidRPr="00851278">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:iCs/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>Sciences</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
-    <w:r w:rsidR="005E623F" w:rsidRPr="00851278">
+    <w:r w:rsidRPr="00851278">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:iCs/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve"> (IJEMS) </w:t>
+      <w:t xml:space="preserve"> (IJEMS) (202</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        <w:iCs/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>X</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00851278">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        <w:iCs/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t>)</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        <w:iCs/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:proofErr w:type="spellStart"/>
-    <w:r w:rsidR="005E623F" w:rsidRPr="00851278">
+    <w:r w:rsidRPr="00851278">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:iCs/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>Vol</w:t>
     </w:r>
     <w:proofErr w:type="spellEnd"/>
-    <w:r w:rsidR="005E623F" w:rsidRPr="00851278">
+    <w:r w:rsidRPr="00851278">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:iCs/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">. </w:t>
     </w:r>
-    <w:r w:rsidR="00851278">
+    <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:iCs/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>X</w:t>
     </w:r>
-    <w:r w:rsidR="005E623F" w:rsidRPr="00851278">
+    <w:r w:rsidRPr="00851278">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:iCs/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>. (202</w:t>
+      <w:t xml:space="preserve">. No. </w:t>
     </w:r>
-    <w:r w:rsidR="00851278">
+    <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:iCs/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>X</w:t>
     </w:r>
-    <w:r w:rsidR="005E623F" w:rsidRPr="00851278">
+    <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:iCs/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve">). No. </w:t>
-[...43 lines deleted...]
-      <w:t>X</w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="008A70DF">
       <w:rPr>
         <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         <w:i/>
         <w:sz w:val="20"/>
       </w:rPr>
-      <w:t>.</w:t>
+      <w:t>DOI: 10.21791/IJEMS.202X.XX</w:t>
     </w:r>
-    <w:r w:rsidR="00851278" w:rsidRPr="008A70DF">
-[...7 lines deleted...]
-    <w:proofErr w:type="gramEnd"/>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0EEA4EC5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3D901368"/>
     <w:lvl w:ilvl="0" w:tplc="91BC4868">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListIJEMS"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040E0003" w:tentative="1">
       <w:start w:val="1"/>
@@ -6706,244 +6528,262 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1294942673">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="843593014">
     <w:abstractNumId w:val="10"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="170"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00783F6C"/>
     <w:rsid w:val="000312C9"/>
+    <w:rsid w:val="00035184"/>
     <w:rsid w:val="00044572"/>
     <w:rsid w:val="000777C2"/>
     <w:rsid w:val="00087B9E"/>
     <w:rsid w:val="000A356D"/>
     <w:rsid w:val="000A4691"/>
     <w:rsid w:val="000B2681"/>
     <w:rsid w:val="000B7A30"/>
     <w:rsid w:val="000C12B4"/>
     <w:rsid w:val="000D78C9"/>
     <w:rsid w:val="000F3FED"/>
     <w:rsid w:val="000F70CA"/>
     <w:rsid w:val="00112A43"/>
     <w:rsid w:val="00124501"/>
     <w:rsid w:val="001252D6"/>
     <w:rsid w:val="00136B5D"/>
     <w:rsid w:val="001408BD"/>
     <w:rsid w:val="00155BAE"/>
     <w:rsid w:val="00167A1A"/>
+    <w:rsid w:val="001A7ECA"/>
     <w:rsid w:val="001B0C20"/>
     <w:rsid w:val="001C01BA"/>
     <w:rsid w:val="001D5CE7"/>
     <w:rsid w:val="001E24C3"/>
     <w:rsid w:val="001F1990"/>
     <w:rsid w:val="00245AF8"/>
     <w:rsid w:val="00252832"/>
     <w:rsid w:val="00290A62"/>
     <w:rsid w:val="002A466C"/>
     <w:rsid w:val="002A6F51"/>
     <w:rsid w:val="002B569B"/>
     <w:rsid w:val="002C6D4B"/>
     <w:rsid w:val="00323503"/>
     <w:rsid w:val="003476BE"/>
     <w:rsid w:val="00393E82"/>
     <w:rsid w:val="003B2A0D"/>
     <w:rsid w:val="003C4029"/>
     <w:rsid w:val="003C5877"/>
     <w:rsid w:val="003D7788"/>
     <w:rsid w:val="003F4730"/>
+    <w:rsid w:val="00400FC1"/>
     <w:rsid w:val="00414E57"/>
     <w:rsid w:val="00423154"/>
     <w:rsid w:val="004526EB"/>
+    <w:rsid w:val="004579F9"/>
     <w:rsid w:val="004821CB"/>
     <w:rsid w:val="00487C34"/>
     <w:rsid w:val="00491EED"/>
     <w:rsid w:val="004A3F64"/>
     <w:rsid w:val="004A67C2"/>
     <w:rsid w:val="004F2ABE"/>
     <w:rsid w:val="004F3844"/>
     <w:rsid w:val="00500C89"/>
     <w:rsid w:val="005025FE"/>
     <w:rsid w:val="00507A40"/>
     <w:rsid w:val="00530BE5"/>
     <w:rsid w:val="0053115D"/>
     <w:rsid w:val="00563058"/>
     <w:rsid w:val="005708E9"/>
     <w:rsid w:val="0059799B"/>
     <w:rsid w:val="005A4DD9"/>
     <w:rsid w:val="005B304C"/>
     <w:rsid w:val="005C190B"/>
     <w:rsid w:val="005C21F1"/>
+    <w:rsid w:val="005C42CD"/>
+    <w:rsid w:val="005D7BD5"/>
     <w:rsid w:val="005E623F"/>
     <w:rsid w:val="005F0B5F"/>
     <w:rsid w:val="00601086"/>
     <w:rsid w:val="00611DBC"/>
     <w:rsid w:val="00611F76"/>
     <w:rsid w:val="006274D3"/>
     <w:rsid w:val="00642974"/>
     <w:rsid w:val="00644F17"/>
     <w:rsid w:val="0065453B"/>
     <w:rsid w:val="00654F28"/>
     <w:rsid w:val="00656043"/>
     <w:rsid w:val="00676C64"/>
     <w:rsid w:val="0068331F"/>
     <w:rsid w:val="00693E1B"/>
     <w:rsid w:val="006951AA"/>
     <w:rsid w:val="00695F26"/>
     <w:rsid w:val="006A294D"/>
     <w:rsid w:val="006A78AB"/>
     <w:rsid w:val="006D07CD"/>
     <w:rsid w:val="006D0F84"/>
     <w:rsid w:val="006D16C5"/>
     <w:rsid w:val="006D4E31"/>
     <w:rsid w:val="006F46DF"/>
     <w:rsid w:val="00707760"/>
+    <w:rsid w:val="00712A4B"/>
     <w:rsid w:val="0071352E"/>
     <w:rsid w:val="007438BC"/>
     <w:rsid w:val="00756A58"/>
     <w:rsid w:val="0077742C"/>
     <w:rsid w:val="00783F6C"/>
     <w:rsid w:val="00790FE7"/>
+    <w:rsid w:val="007D2CF0"/>
     <w:rsid w:val="007D2EBE"/>
     <w:rsid w:val="00802DB2"/>
     <w:rsid w:val="00820683"/>
     <w:rsid w:val="00850C3B"/>
     <w:rsid w:val="00851278"/>
     <w:rsid w:val="00852C53"/>
+    <w:rsid w:val="00867366"/>
     <w:rsid w:val="008A52BE"/>
     <w:rsid w:val="008A70DF"/>
     <w:rsid w:val="008C3D7B"/>
     <w:rsid w:val="008D485B"/>
     <w:rsid w:val="008D6A63"/>
     <w:rsid w:val="008D715A"/>
     <w:rsid w:val="008D740F"/>
     <w:rsid w:val="008F2193"/>
+    <w:rsid w:val="008F670B"/>
     <w:rsid w:val="00910DBC"/>
     <w:rsid w:val="009159A6"/>
     <w:rsid w:val="00931CA6"/>
     <w:rsid w:val="00932EE7"/>
     <w:rsid w:val="00987464"/>
     <w:rsid w:val="00987698"/>
+    <w:rsid w:val="00990976"/>
     <w:rsid w:val="009B14FA"/>
     <w:rsid w:val="009C4462"/>
     <w:rsid w:val="009C6744"/>
     <w:rsid w:val="00A03C3D"/>
     <w:rsid w:val="00A13043"/>
+    <w:rsid w:val="00A13905"/>
+    <w:rsid w:val="00A274B0"/>
     <w:rsid w:val="00A3175C"/>
+    <w:rsid w:val="00A937A4"/>
     <w:rsid w:val="00AD0DB8"/>
     <w:rsid w:val="00AD419D"/>
     <w:rsid w:val="00AE0EE7"/>
+    <w:rsid w:val="00B03A49"/>
     <w:rsid w:val="00B11AD0"/>
     <w:rsid w:val="00B3115E"/>
     <w:rsid w:val="00B50358"/>
     <w:rsid w:val="00B61230"/>
     <w:rsid w:val="00B63ABA"/>
     <w:rsid w:val="00B776DB"/>
     <w:rsid w:val="00B8544A"/>
     <w:rsid w:val="00B91E27"/>
     <w:rsid w:val="00BA1811"/>
     <w:rsid w:val="00BB0EEF"/>
     <w:rsid w:val="00BB3525"/>
     <w:rsid w:val="00BD5183"/>
+    <w:rsid w:val="00BD5E18"/>
     <w:rsid w:val="00BD66DC"/>
+    <w:rsid w:val="00BD7925"/>
     <w:rsid w:val="00BE366E"/>
     <w:rsid w:val="00C05752"/>
     <w:rsid w:val="00C05A79"/>
     <w:rsid w:val="00C6569E"/>
     <w:rsid w:val="00C833C9"/>
     <w:rsid w:val="00C921B9"/>
     <w:rsid w:val="00CA7CEB"/>
     <w:rsid w:val="00CC5EA0"/>
     <w:rsid w:val="00CD4500"/>
     <w:rsid w:val="00CD5CD4"/>
     <w:rsid w:val="00D05050"/>
     <w:rsid w:val="00D269FA"/>
     <w:rsid w:val="00D31B37"/>
     <w:rsid w:val="00D44C13"/>
     <w:rsid w:val="00D452CF"/>
     <w:rsid w:val="00DA0CD2"/>
     <w:rsid w:val="00E17FB8"/>
     <w:rsid w:val="00E20D40"/>
     <w:rsid w:val="00E225C7"/>
     <w:rsid w:val="00E56B42"/>
     <w:rsid w:val="00E63B70"/>
     <w:rsid w:val="00E66599"/>
     <w:rsid w:val="00E83969"/>
     <w:rsid w:val="00E85808"/>
     <w:rsid w:val="00EB5856"/>
     <w:rsid w:val="00EF7B30"/>
     <w:rsid w:val="00F17DE6"/>
     <w:rsid w:val="00F4470D"/>
     <w:rsid w:val="00F4568B"/>
     <w:rsid w:val="00F6617B"/>
     <w:rsid w:val="00F86F1B"/>
     <w:rsid w:val="00FA57E9"/>
+    <w:rsid w:val="00FA64A8"/>
     <w:rsid w:val="00FB18D4"/>
     <w:rsid w:val="00FD0635"/>
     <w:rsid w:val="00FD3B92"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="hu-HU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -7435,50 +7275,51 @@
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Cmsor5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Norml"/>
     <w:next w:val="Norml"/>
     <w:link w:val="Cmsor5Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00910DBC"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Bekezdsalapbettpusa">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Normltblzat">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Nemlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="lfej">
     <w:name w:val="header"/>
@@ -8142,50 +7983,102 @@
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
                     <w:div w:id="1288051224">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                         <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                         <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                         <w:right w:val="single" w:sz="2" w:space="24" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="53283954">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="166098594">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="175658553">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="340281047">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="448548989">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="564604278">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -8195,50 +8088,89 @@
           <w:marRight w:val="0"/>
           <w:marTop w:val="360"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="single" w:sz="6" w:space="18" w:color="CCCCCC"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
             <w:div w:id="853883977">
               <w:marLeft w:val="0"/>
               <w:marRight w:val="0"/>
               <w:marTop w:val="0"/>
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
+    </w:div>
+    <w:div w:id="633603897">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="641080686">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="734162077">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
     </w:div>
     <w:div w:id="872351504">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="963075871">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -8278,50 +8210,63 @@
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
                     <w:div w:id="794829218">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                         <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                         <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                         <w:right w:val="single" w:sz="2" w:space="24" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="1028264645">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1074739123">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1108697155">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -8360,50 +8305,63 @@
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
                     <w:div w:id="1441531417">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                         <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                         <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                         <w:right w:val="single" w:sz="2" w:space="24" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="1223637915">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1242839163">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1899321192">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
@@ -8429,85 +8387,202 @@
                     <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
                     <w:div w:id="327368655">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                         <w:left w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                         <w:bottom w:val="single" w:sz="2" w:space="0" w:color="auto"/>
                         <w:right w:val="single" w:sz="2" w:space="24" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="1251089079">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1354186091">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1665208168">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1694838868">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1708329561">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1736009890">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1817264100">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1856916625">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1938244134">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1944412839">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2032291020">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ijems@eng.unideb.hu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ijems@eng.unideb.hu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-téma">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -8770,66 +8845,74 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B57EDC7A-C210-47BA-9CE9-C327E20E7436}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>669</Words>
-  <Characters>4620</Characters>
+  <Words>689</Words>
+  <Characters>4761</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>38</Lines>
+  <Lines>39</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Cím</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5279</CharactersWithSpaces>
+  <CharactersWithSpaces>5440</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Imi</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
+    <vt:lpwstr>6890df11-bcd0-40e9-b86c-33c3395f037c</vt:lpwstr>
+  </property>
+</Properties>
+</file>